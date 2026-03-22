--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -7,155 +7,191 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t xml:space="preserve">Fyzioterapie 3R s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Přemyslova 847</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://fyzioterapie3r.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hudba pro radost z.s. - Centrum D8 o. p. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Podluská 752</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hudbaproradost.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Papírnictví u Kalousů</t>
   </si>
   <si>
     <t xml:space="preserve">Nerudova 29</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Ostatní zboží a služby</t>
   </si>
   <si>
     <t xml:space="preserve">Paya Optik s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Vrchlického 996</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.payaoptik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ráj bot – dětská &amp; dospělá obuv - Jana Koubová</t>
   </si>
   <si>
     <t xml:space="preserve">Špindlerova třída 807</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Oděvy a Obuv</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.rajdetskychboticek.cz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sport Hodek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jungmannova 665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Roudnice nad Labem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.sporthodek.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tella</t>
   </si>
   <si>
     <t xml:space="preserve">Jungmannova 669</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://tella.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol  Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolská 1284</t>
   </si>
   <si>
     <t xml:space="preserve">Roudnice nad Labem</t>
   </si>
   <si>
     <t xml:space="preserve">41301</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://Www.sokolroudnicenl.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -163,162 +199,248 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.4178902</v>
+      </c>
+      <c r="G1" s="0">
+        <v>14.2482254</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.4170683</v>
+      </c>
+      <c r="G2" s="0">
+        <v>14.2468182</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.4236855</v>
+      </c>
+      <c r="G3" s="0">
+        <v>14.2584532</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>21</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.4250347</v>
+      </c>
+      <c r="G4" s="0">
+        <v>14.2463654</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>27</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.4218164</v>
+      </c>
+      <c r="G5" s="0">
+        <v>14.253092</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>33</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.423345</v>
+      </c>
+      <c r="G6" s="0">
+        <v>14.2571857</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.4227846</v>
+      </c>
+      <c r="G7" s="0">
+        <v>14.2552108</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.4241463</v>
+      </c>
+      <c r="G8" s="0">
+        <v>14.2514058</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>